--- v0 (2026-02-21)
+++ v1 (2026-03-21)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\_kurse\_2026\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\_kurse\_2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{90534119-258D-4F01-A077-92612746F42E}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F8670015-6DD3-4005-B109-EA1E924C001D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="-105" windowWidth="26295" windowHeight="15795" xr2:uid="{5A278A19-F4C1-4068-A567-10B5F7A1D214}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{5A278A19-F4C1-4068-A567-10B5F7A1D214}"/>
   </bookViews>
   <sheets>
     <sheet name="2026-02-17_alle kurse alle abte" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2026-02-17_alle kurse alle abte'!$A$1:$F$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2026-02-17_alle kurse alle abte'!$A$1:$F$161</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="780" uniqueCount="365">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="787" uniqueCount="371">
   <si>
     <t>Dr. Anca-Raluca Radu</t>
   </si>
   <si>
     <t>ANG</t>
   </si>
   <si>
     <t>Mon 10:00 - 12:00 (weekly), room: (VG 4.105)</t>
   </si>
   <si>
     <t>Introductory seminar</t>
   </si>
   <si>
     <t>Introduction to British Cultural Studies</t>
   </si>
   <si>
     <t>Tue 12:00 - 14:00 (biweekly, from 14 Apr 2026), room: (VG 4.102)</t>
   </si>
   <si>
     <t>Colloquium</t>
   </si>
   <si>
     <t>BA Colloquium (Anglophone Literature and Culture)</t>
   </si>
   <si>
@@ -303,87 +303,81 @@
   <si>
     <t>Wed 12:15 - 13:45 (weekly), room: (0.169 (Oeconomicum))</t>
   </si>
   <si>
     <t>Seminar</t>
   </si>
   <si>
     <t>Advanced linguistics: Identity crises in semantics</t>
   </si>
   <si>
     <t>Prof. Dr. Clemens Steiner-Mayr</t>
   </si>
   <si>
     <t>HS Semantics: On the pragmatics of weak truth</t>
   </si>
   <si>
     <t>Tue 10:15 - 11:45 (weekly), room: (PH20)</t>
   </si>
   <si>
     <t>HS Syntax: Universal Paradigmatic Gaps: Why can't we always say what we can think?</t>
   </si>
   <si>
     <t>Thur 10:15 - 11:45 (weekly), room: (VG 2.104)</t>
   </si>
   <si>
-    <t>Advanced linguistics: First Language Acquisition</t>
-[...1 lines deleted...]
-  <si>
     <t>Dr. Dmitry Privoznov</t>
   </si>
   <si>
     <t>Wed 14:15 - 15:45 (weekly), room: (Theo 0.134)</t>
   </si>
   <si>
     <t>Advanced linguistics: Focus</t>
   </si>
   <si>
     <t>Thur 12:15 - 13:45 (weekly), room: (VG 3.102)</t>
   </si>
   <si>
     <t>Advanced linguistics: Hierarchy and Linear Order</t>
   </si>
   <si>
     <t>Wed 10:15 - 11:45 (weekly), room: (VG 1.108)</t>
   </si>
   <si>
     <t>Advanced linguistics: Conjuncts and Adjuncts</t>
   </si>
   <si>
     <t>Tue 14:15 - 15:45 (weekly), room: (VG 4.107)</t>
   </si>
   <si>
     <t>Advanced linguistics: Readings in advanced semantics</t>
   </si>
   <si>
     <t>Advanced linguistics: Advanced topics in semantics</t>
   </si>
   <si>
     <t>Mon 12:15 - 13:45 (weekly), room: (Theo 0.136)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Advanced linguistics: Listening in the L1 and L2</t>
   </si>
   <si>
     <t>Thur 16:00 - 18:00 (weekly), room: (VG 1.101)</t>
   </si>
   <si>
     <t>The Industrial Novel</t>
   </si>
   <si>
     <t>Thur 14:00 - 16:00 (weekly), room: (VG 4.107)</t>
   </si>
   <si>
     <t>Fuelling the Empire. Imagination, Science, Literature</t>
   </si>
   <si>
     <t>Wed 14:00 - 16:00 (weekly), room: (VG 2.103)</t>
   </si>
   <si>
     <t>Victorian Mad Women</t>
   </si>
   <si>
     <t>Thur 10:00 - 12:00 (weekly), room: (VG 3.106)</t>
   </si>
   <si>
     <t>Prof. Dr. Barbara Schaff</t>
   </si>
@@ -617,54 +611,50 @@
   <si>
     <t>Gudrun Keindorf</t>
   </si>
   <si>
     <t>Fri, 26 Jun 2026 - Sat, 27 Jun 2026, Fri, 03 Jul 2026 09:00 - 14:00, room: (VG 4.101), (VG 1.101), (VG 2.106)</t>
   </si>
   <si>
     <t>Walking Literature</t>
   </si>
   <si>
     <t>Career-Orientation Work Placement (SSU)</t>
   </si>
   <si>
     <t>Observation Reproom: Literary Heritage, Literary Museums, Literary Tourism</t>
   </si>
   <si>
     <t>Introduction to Book Studies (SSU)</t>
   </si>
   <si>
     <t>Thur 12:15 - 13:45 (weekly), room: (VG 4.105)</t>
   </si>
   <si>
     <t>Semantics Reading Group</t>
   </si>
   <si>
-    <t>Wed 12:15 - 13:45 (weekly), room: (Theo 0.136), 
-[...2 lines deleted...]
-  <si>
     <t>Introduction to English Linguistics</t>
   </si>
   <si>
     <t>Thur 10:00 - 12:00 (weekly), room: (VG 1.105)</t>
   </si>
   <si>
     <t>AM 1: Introduction to Medieval English Literature and Culture, D</t>
   </si>
   <si>
     <t>Fri 12:15 - 13:45 (weekly), room: (SEP 0.244)</t>
   </si>
   <si>
     <t>Introduction to Irish Culture and History</t>
   </si>
   <si>
     <t>Thur 12:15 - 13:45 (weekly), room: (SEP 0.247 (Übungsraum: UE140))</t>
   </si>
   <si>
     <t>Oral Practice Course (No. 9)</t>
   </si>
   <si>
     <t>Dr. Gordon Ross</t>
   </si>
   <si>
     <t>Thur 10:15 - 11:45 (weekly), room: (0.168 (Oeconomicum))</t>
@@ -955,354 +945,650 @@
   <si>
     <t>Room/Time</t>
   </si>
   <si>
     <t>Course Type</t>
   </si>
   <si>
     <t>Course Title</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>Tue 12:15 - 13:45 (weekly), room: (Theo 0.134)</t>
   </si>
   <si>
     <t>Thur 14:15 - 15:45 (weekly), room: (VG 0.111)</t>
   </si>
   <si>
     <t>Fri 10:00 - 12:00 (weekly), room: (Theo 0.133)</t>
   </si>
   <si>
     <t>And the Oscar goes to ... - taking students to Hollywood in a Global Simulation</t>
   </si>
   <si>
-    <t>Wed 10:00 - 12:00 (wöchentlich), Ort: (KWZ 0.604), 
-[...3 lines deleted...]
-  <si>
     <t>Begleitseminar zum (im Ausland absolvierten) Forschungspraktikum (4-wöchig): Unterrichten und Forschen als Teaching Assistant</t>
   </si>
   <si>
-    <t>Meetings on Fri, 05 Jun 2026, Fri, 19 Jun 2026, Fri, 26 Jun 2026 09:00 - 17:00, Ort: (KWZ 0.607), (KWZ 3.601)</t>
-[...1 lines deleted...]
-  <si>
     <t>Kira Sabrina Sara</t>
   </si>
   <si>
     <t>Begleitseminar zum 5-wöchigen Fachpraktikum</t>
   </si>
   <si>
-    <t>Wed 16:00 - 18:00 (wöchentlich), Ort: (KWZ 3.601), 
-[...2 lines deleted...]
-  <si>
     <t>Jan Marc Rohrbach</t>
   </si>
   <si>
-    <t>Controversial issues in the EFLC</t>
-[...4 lines deleted...]
-  <si>
     <t>Einführung in die Forschungsmethoden der Fremdsprachendidaktik</t>
   </si>
   <si>
-    <t>Thur 16:00 - 19:00 (wöchentlich), Ort: (KWZ 2.739)</t>
-[...1 lines deleted...]
-  <si>
     <t>Dr. Tanyasha Yearwood</t>
   </si>
   <si>
-    <t>Foreign Language teaching and learning in out-of-school contexts</t>
-[...4 lines deleted...]
-  <si>
     <t>Fremdsprachendidaktisch Forschen im Ausland</t>
   </si>
   <si>
-    <t>Fri 09:00 - 16:00 (wöchentlich) k.A.</t>
-[...1 lines deleted...]
-  <si>
     <t>Masterabschlussmodul</t>
   </si>
   <si>
-    <t>Thur 14:00 - 16:00 (wöchentlich), Ort: (KWZ 2.601)</t>
-[...7 lines deleted...]
-  <si>
     <t>Elvira Huse</t>
   </si>
   <si>
     <t>Picture Narratives in the ELT Classroom</t>
   </si>
   <si>
-    <t>Tue 12:00 - 14:00 (wöchentlich), Ort: (KWZ 0.610)</t>
-[...1 lines deleted...]
-  <si>
     <t>Seminar: Introduction to English Language Teaching A</t>
   </si>
   <si>
-    <t>Tue 10:00 - 12:00 (wöchentlich), Ort: (KWZ 0.601)</t>
-[...1 lines deleted...]
-  <si>
     <t>Seminar: Introduction to English Language Teaching B</t>
   </si>
   <si>
-    <t>Thur 12:00 - 14:00 (wöchentlich), Ort: (VG 2.105)</t>
-[...1 lines deleted...]
-  <si>
     <t>Seminar: Introduction to English Language Teaching C</t>
   </si>
   <si>
-    <t>Mon 12:00 - 14:00 (wöchentlich), Ort: (VG 1.106)</t>
-[...1 lines deleted...]
-  <si>
     <t>Task-based language learning</t>
   </si>
   <si>
-    <t>Thur 14:00 - 16:00 (wöchentlich), Ort: (PH20)</t>
-[...7 lines deleted...]
-  <si>
     <t>Teaching Literature: Exploring Methods from Drama to AI</t>
   </si>
   <si>
-    <t>Mon 14:00 - 16:00 (wöchentlich), Ort: (SEP 0.244 (Medienraum))</t>
-[...1 lines deleted...]
-  <si>
     <t>Sabrina Theis</t>
   </si>
   <si>
     <t>Teaching Speaking</t>
   </si>
   <si>
-    <t>Thur 16:00 - 18:00 (wöchentlich), Ort: (SEP 0.244 (Medienraum))</t>
-[...1 lines deleted...]
-  <si>
     <t>Ann-Katrin Münch</t>
   </si>
   <si>
     <t>Tutorium: Introduction to English Language Teaching A</t>
   </si>
   <si>
-    <t>Tue 12:00 - 13:00 (wöchentlich), Ort: (KWZ 2.738)</t>
-[...1 lines deleted...]
-  <si>
     <t>Ümran Dipi</t>
   </si>
   <si>
     <t>Tutorium: Introduction to English Language Teaching B</t>
   </si>
   <si>
-    <t>Tue 13:00 - 14:00 (wöchentlich), Ort: (KWZ 0.609)</t>
-[...1 lines deleted...]
-  <si>
     <t>Sarla Sharma</t>
   </si>
   <si>
     <t>Tutorium: Introduction to English Language Teaching C</t>
   </si>
   <si>
-    <t>Wed 12:00 - 13:00 (wöchentlich), Ort: (1.164 OEC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Céline Jensen</t>
   </si>
   <si>
     <t>Tutorium: Introduction to English Language Teaching D</t>
   </si>
   <si>
-    <t>Wed 13:00 - 14:00 (wöchentlich), Ort: (1.164 OEC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Übung: Introduction to Cultural Learning A</t>
   </si>
   <si>
-    <t>Tue 08:30 - 10:00 (wöchentlich), Ort: (KWZ 0.601)</t>
-[...1 lines deleted...]
-  <si>
     <t>Übung: Introduction to Cultural Learning B</t>
   </si>
   <si>
     <t>Übung: Introduction to Cultural Learning C</t>
   </si>
   <si>
-    <t>Meetings on Fri, 10 Jul 2026 09:00 - 16:00,  Sat, 11 Jul 2026 09:00 - 12:30, Ort: (KWZ 0.601)</t>
-[...7 lines deleted...]
-  <si>
     <t>TEFL</t>
   </si>
   <si>
     <t>Wed 14:15 - 15:45 (weekly), room: (SEP 0.247 (Übungsraum: UE140))</t>
+  </si>
+  <si>
+    <t>Albert Biel</t>
+  </si>
+  <si>
+    <t>Darja Brotzmann</t>
+  </si>
+  <si>
+    <t>17.4./ 8.5./ 22.5. (9-13.30)/ 3.7.2026 (9-16.30)</t>
+  </si>
+  <si>
+    <t>Designing task for the inclusive foreign language classroom</t>
+  </si>
+  <si>
+    <t>Lucas Lepelt</t>
+  </si>
+  <si>
+    <t>Fri 10-12 14 tägl. Online, 8.5. und 10.7.2026 (10-17.30) HDW 1.122</t>
+  </si>
+  <si>
+    <t>Teaching Creative Writing</t>
+  </si>
+  <si>
+    <t>Mon 10-12, HDW 1.105</t>
+  </si>
+  <si>
+    <t>Fri 09:00 - 16:00 (weekly) k.A.</t>
+  </si>
+  <si>
+    <t>Meetings on Sat, 13 Jun 2026, Sat, 20 Jun 2026, Sat, 04 Jul 2026 09:00 - 17:00, room: (SEP 0.244 (Medienraum))</t>
+  </si>
+  <si>
+    <t>Tue 10:00 - 12:00 (weekly), room: (KWZ 0.601)</t>
+  </si>
+  <si>
+    <t>Thur 12:00 - 14:00 (weekly), room: (VG 2.105)</t>
+  </si>
+  <si>
+    <t>Mon 12:00 - 14:00 (weekly), room: (VG 1.106)   Mon 14-16 Uhr, KWZ 0.606</t>
+  </si>
+  <si>
+    <t>Tue 12:00 - 13:00 (weekly), room: (KWZ 2.738)</t>
+  </si>
+  <si>
+    <t>Tue 13:00 - 14:00 (weekly), room: (KWZ 0.609)</t>
+  </si>
+  <si>
+    <t>Wed 12:00 - 13:00 (weekly), room: (1.164 OEC)</t>
+  </si>
+  <si>
+    <t>Wed 13:00 - 14:00 (weekly), room: (1.164 OEC)</t>
+  </si>
+  <si>
+    <t>Thur 16:00 - 19:00 (weekly), room: (KWZ 2.739) Tue 10-12, HDW 1.122</t>
+  </si>
+  <si>
+    <t>Mon 14:00 - 16:00 (weekly), room: (SEP 0.244 (Medienraum))</t>
+  </si>
+  <si>
+    <t>Thur 14:00 - 16:00 (weekly), room: (PH20)</t>
+  </si>
+  <si>
+    <t>Tue 08:30 - 10:00 (weekly), room: (KWZ 0.601)</t>
+  </si>
+  <si>
+    <t>Wed 10:00 - 12:00 (weekly), room: (KWZ 0.604), 
+Thur 12:00 - 14:00 (weekly), room: (VG 2.107), 
+Meetings on Sat, 18 Apr 2026 - Sun, 19 Apr 2026, Sat, 09 May 2026 - Sun, 10 May .2026 10:00 - 16:00, room: (SEP 0.244 (Medienraum))</t>
+  </si>
+  <si>
+    <t>Meetings on Fri, 05 Jun 2026, Fri, 19 Jun 2026, Fri, 26 Jun 2026 09:00 - 17:00, room: (KWZ 0.607), (KWZ 3.601)</t>
+  </si>
+  <si>
+    <t>Thur 14:00 - 16:00 (weekly), room: (KWZ 2.601)HDW 1.105</t>
+  </si>
+  <si>
+    <t>Thur 16:00 - 18:00 (weekly), room: (SEP 0.244 (Medienraum))</t>
+  </si>
+  <si>
+    <t>Wed 16:00 - 18:00 (weekly), room: (KWZ 3.601), 
+Meetings on Sat, 26 Sept 2026 - Sun, 27 Sept 2026 10:00 - 16:00, room: (SEP 0.244 (Medienraum))</t>
+  </si>
+  <si>
+    <t>Tue 12:00 - 14:00 (weekly), room: (KWZ 0.610)</t>
+  </si>
+  <si>
+    <t>Meetings on Fri, 10 Jul 2026 09:00 - 16:00,  Sat, 11 Jul 2026 09:00 - 12:30, room: (KWZ 0.601)  19 Jun (9-16) and 20 Jun 2026 (9-12.30)</t>
+  </si>
+  <si>
+    <r>
+      <t>Übung: Introduction to Cultural Learning D</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>CANCELLED</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> -</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Foreign Language teaching and learning in out-of-school contexts</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>CANCELLED</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> -</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Controversial issues in the EFLC</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>CANCELLED</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> -</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Teaching Critical Cultural Awareness (hands-on) in the Classroom</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>CANCELLED</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> -</t>
+    </r>
+  </si>
+  <si>
+    <t>NAS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Game-Based Language Learning </t>
+  </si>
+  <si>
+    <t>Wed 12:15 - 13:45 (weekly), room: (Theo 0.136)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Mediating Language and Culture</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>new title: Second Language Acquisition and Grammar Instruction in ELT</t>
+    </r>
+  </si>
+  <si>
+    <t>Advanced linguistics: The semantics of imperative and optative constructions</t>
+  </si>
+  <si>
+    <t>Advanced linguistics: Puzzles in intensional semantics: perspective, memory, and attitude reports</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="2" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <strike/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="3">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="1">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022-Design">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 – 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1364,51 +1650,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 – 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1506,3223 +1792,3267 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{897848F3-424B-460C-9D3A-F028822E3646}">
-  <dimension ref="A1:F158"/>
+  <dimension ref="A1:F161"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A100" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B116" sqref="B116"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.36328125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="11.42578125" style="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="11.42578125" style="1"/>
+    <col min="1" max="1" width="11.36328125" style="1"/>
+    <col min="2" max="2" width="45.7265625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="31.26953125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="46.6328125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="14.26953125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="36.08984375" style="1" customWidth="1"/>
+    <col min="7" max="16384" width="11.36328125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" s="3" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" s="3" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="4" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="B1" s="4" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="C1" s="4" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="D1" s="4" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="E1" s="4" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="F1" s="4" t="s">
-        <v>296</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A2" s="1">
         <v>450340</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D2" s="2" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="3" spans="1:6" ht="30.2" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A3" s="1">
         <v>450341</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D3" s="2" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A4" s="1">
         <v>450400</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A5" s="1">
         <v>450401</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A6" s="1">
         <v>450402</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:6" ht="30.2" x14ac:dyDescent="0.25">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A7" s="1">
         <v>450404</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="8" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A8" s="1">
         <v>450405</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A9" s="1">
         <v>450412</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:6" ht="30.2" x14ac:dyDescent="0.25">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A10" s="1">
         <v>450415</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A11" s="1">
         <v>450418</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:6" ht="30.2" x14ac:dyDescent="0.25">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A12" s="1">
         <v>450421</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:6" ht="30.2" x14ac:dyDescent="0.25">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A13" s="1">
         <v>450423</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A14" s="1">
         <v>450425</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A15" s="1">
         <v>450426</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:6" ht="30.2" x14ac:dyDescent="0.25">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A16" s="1">
         <v>450427</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:6" ht="30.2" x14ac:dyDescent="0.25">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A17" s="1">
         <v>450428</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A18" s="1">
         <v>450429</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A19" s="1">
         <v>450430</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A20" s="1">
         <v>450431</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A21" s="1">
         <v>450432</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A22" s="1">
         <v>450436</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A23" s="1">
         <v>450437</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>364</v>
+        <v>332</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A24" s="1">
         <v>450438</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="25" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A25" s="1">
         <v>450439</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:6" ht="30.2" x14ac:dyDescent="0.25">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A26" s="1">
         <v>450440</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:6" ht="30.2" x14ac:dyDescent="0.25">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A27" s="1">
         <v>450441</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="28" spans="1:6" ht="30.2" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A28" s="1">
         <v>450442</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A29" s="1">
         <v>450443</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A30" s="1">
         <v>450444</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A31" s="1">
         <v>450446</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A32" s="1">
         <v>450448</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A33" s="1">
         <v>450455</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>232</v>
-[...3 lines deleted...]
-      <c r="A34" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A34" s="15">
         <v>450588</v>
       </c>
-      <c r="B34" s="2" t="s">
+      <c r="B34" s="16" t="s">
         <v>361</v>
       </c>
-      <c r="C34" s="2" t="s">
+      <c r="C34" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="D34" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A35" s="1">
+      <c r="D34" s="17"/>
+      <c r="E34" s="17" t="s">
+        <v>331</v>
+      </c>
+      <c r="F34" s="17"/>
+    </row>
+    <row r="35" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A35" s="11">
         <v>450653</v>
       </c>
-      <c r="B35" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C35" s="2" t="s">
+      <c r="B35" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="C35" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="D35" s="2" t="s">
-[...9 lines deleted...]
-    <row r="36" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="D35" s="5" t="s">
+        <v>342</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A36" s="1">
         <v>450890</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>329</v>
+        <v>313</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>330</v>
+        <v>343</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>363</v>
+        <v>331</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A37" s="1">
         <v>450891</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>331</v>
+        <v>314</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>363</v>
+        <v>331</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>317</v>
-[...3 lines deleted...]
-      <c r="A38" s="1">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A38" s="11">
         <v>450892</v>
       </c>
-      <c r="B38" s="2" t="s">
+      <c r="B38" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="F38" s="14" t="s">
         <v>333</v>
       </c>
-      <c r="C38" s="2" t="s">
-[...12 lines deleted...]
-    <row r="39" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+    </row>
+    <row r="39" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A39" s="1">
         <v>450893</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>345</v>
+        <v>321</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>346</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>363</v>
+        <v>331</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A40" s="1">
         <v>450894</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>348</v>
+        <v>323</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>363</v>
+        <v>331</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A41" s="1">
         <v>450895</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>351</v>
+        <v>325</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>363</v>
+        <v>331</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A42" s="1">
         <v>450993</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A43" s="1">
         <v>451017</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>354</v>
+        <v>327</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>363</v>
+        <v>331</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A44" s="1">
         <v>451105</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="45" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A45" s="1">
         <v>451106</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A46" s="1">
         <v>451109</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="47" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A47" s="1">
         <v>451111</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="48" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A48" s="1">
         <v>451113</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="49" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A49" s="1">
         <v>451114</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A50" s="1">
         <v>451138</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="51" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A51" s="1">
         <v>451139</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="52" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A52" s="1">
         <v>451140</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="53" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A53" s="1">
         <v>451141</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="54" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A54" s="1">
         <v>451144</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="55" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A55" s="1">
         <v>451262</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A56" s="1">
         <v>451267</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A57" s="1">
         <v>451268</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="58" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A58" s="1">
         <v>451271</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="59" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A59" s="1">
         <v>451639</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="60" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A60" s="1">
         <v>451688</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>195</v>
+        <v>367</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="61" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A61" s="1">
+    <row r="61" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A61" s="15">
         <v>451762</v>
       </c>
-      <c r="B61" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C61" s="2" t="s">
+      <c r="B61" s="17" t="s">
+        <v>362</v>
+      </c>
+      <c r="C61" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="D61" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A62" s="1">
+      <c r="D61" s="17"/>
+      <c r="E61" s="17" t="s">
+        <v>331</v>
+      </c>
+      <c r="F61" s="17"/>
+    </row>
+    <row r="62" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A62" s="11">
         <v>451827</v>
       </c>
-      <c r="B62" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C62" s="2" t="s">
+      <c r="B62" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="C62" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="D62" s="2" t="s">
-[...9 lines deleted...]
-    <row r="63" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="D62" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="F62" s="14" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A63" s="1">
         <v>451989</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>339</v>
+        <v>317</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>340</v>
+        <v>351</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>363</v>
+        <v>331</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>341</v>
-[...3 lines deleted...]
-      <c r="A64" s="1">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A64" s="12">
         <v>452029</v>
       </c>
-      <c r="B64" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C64" s="2" t="s">
+      <c r="B64" s="13" t="s">
+        <v>192</v>
+      </c>
+      <c r="C64" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="D64" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E64" s="2" t="s">
+      <c r="D64" s="14" t="s">
+        <v>98</v>
+      </c>
+      <c r="E64" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="F64" s="2" t="s">
+      <c r="F64" s="13" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="65" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A65" s="1">
         <v>452199</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="66" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A66" s="1">
         <v>452238</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C66" s="2"/>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="67" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A67" s="1">
         <v>452240</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="68" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A68" s="1">
         <v>452309</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>320</v>
+        <v>309</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>321</v>
+        <v>341</v>
       </c>
       <c r="E68" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="F68" s="2" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A69" s="7">
+        <v>452338</v>
+      </c>
+      <c r="B69" s="8" t="s">
+        <v>336</v>
+      </c>
+      <c r="C69" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D69" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="E69" s="6" t="s">
+        <v>331</v>
+      </c>
+      <c r="F69" s="6" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A70" s="11">
+        <v>452339</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A71" s="15">
+        <v>452341</v>
+      </c>
+      <c r="B71" s="16" t="s">
         <v>363</v>
       </c>
-      <c r="F68" s="2" t="s">
-[...10 lines deleted...]
-      <c r="C69" s="2" t="s">
+      <c r="C71" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="D69" s="2" t="s">
-[...30 lines deleted...]
-      <c r="A71" s="1">
+      <c r="D71" s="17"/>
+      <c r="E71" s="17" t="s">
+        <v>331</v>
+      </c>
+      <c r="F71" s="17"/>
+    </row>
+    <row r="72" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A72" s="1">
         <v>452419</v>
       </c>
-      <c r="B71" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C71" s="2" t="s">
+      <c r="B72" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="C72" s="2" t="s">
         <v>84</v>
-      </c>
-[...18 lines deleted...]
-        <v>16</v>
       </c>
       <c r="D72" s="2" t="s">
         <v>186</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:6" x14ac:dyDescent="0.25">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A73" s="1">
-        <v>452667</v>
+        <v>452666</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>184</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>38</v>
+        <v>365</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A74" s="1">
-        <v>452668</v>
+        <v>452667</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>183</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="D74" s="2" t="s">
         <v>182</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>38</v>
+        <v>365</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A75" s="1">
-        <v>452669</v>
+        <v>452668</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>181</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>13</v>
+        <v>84</v>
       </c>
       <c r="D75" s="2" t="s">
         <v>180</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>38</v>
+        <v>365</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:6" ht="60" x14ac:dyDescent="0.25">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A76" s="1">
-        <v>452670</v>
+        <v>452669</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>179</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>178</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>38</v>
+        <v>365</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:6" x14ac:dyDescent="0.25">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A77" s="1">
-        <v>452671</v>
+        <v>452670</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>177</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="D77" s="2" t="s">
         <v>176</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>38</v>
+        <v>365</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A78" s="1">
-        <v>452672</v>
+        <v>452671</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>175</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="D78" s="2" t="s">
         <v>174</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>38</v>
+        <v>365</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A79" s="1">
-        <v>452673</v>
+        <v>452672</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>173</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="D79" s="2" t="s">
         <v>172</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>38</v>
+        <v>365</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A80" s="1">
-        <v>452674</v>
+        <v>452673</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>171</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="D80" s="2" t="s">
         <v>170</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>38</v>
+        <v>365</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A81" s="1">
-        <v>452675</v>
+        <v>452674</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>169</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>168</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>38</v>
+        <v>365</v>
       </c>
       <c r="F81" s="2" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A82" s="1">
+        <v>452675</v>
+      </c>
+      <c r="B82" s="2" t="s">
         <v>167</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A82" s="1">
+      <c r="C82" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="E82" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="F82" s="2" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A83" s="1">
         <v>452676</v>
       </c>
-      <c r="B82" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C82" s="2" t="s">
+      <c r="B83" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="C83" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="D82" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A83" s="1">
+      <c r="D83" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="E83" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="F83" s="2" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A84" s="1">
         <v>452678</v>
       </c>
-      <c r="B83" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C83" s="2" t="s">
+      <c r="B84" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="C84" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="D83" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A84" s="1">
+      <c r="D84" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="E84" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="F84" s="2" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A85" s="1">
         <v>452679</v>
       </c>
-      <c r="B84" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C84" s="2" t="s">
+      <c r="B85" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="C85" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="D84" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A85" s="1">
+      <c r="D85" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="E85" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="F85" s="2" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A86" s="1">
         <v>452680</v>
-      </c>
-[...18 lines deleted...]
-        <v>452681</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>155</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="D86" s="2" t="s">
         <v>154</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>38</v>
+        <v>365</v>
       </c>
       <c r="F86" s="2" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A87" s="1">
+        <v>452681</v>
+      </c>
+      <c r="B87" s="2" t="s">
         <v>153</v>
-      </c>
-[...6 lines deleted...]
-        <v>152</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D87" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="E87" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="F87" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="E87" s="2" t="s">
-[...6 lines deleted...]
-    <row r="88" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+    </row>
+    <row r="88" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A88" s="1">
-        <v>452683</v>
+        <v>452682</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>149</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>38</v>
+        <v>365</v>
       </c>
       <c r="F88" s="2" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A89" s="1">
+        <v>452683</v>
+      </c>
+      <c r="B89" s="2" t="s">
         <v>148</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A89" s="1">
+      <c r="C89" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D89" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="E89" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="F89" s="2" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A90" s="1">
         <v>452698</v>
-      </c>
-[...18 lines deleted...]
-        <v>452700</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>144</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>38</v>
+        <v>365</v>
       </c>
       <c r="F90" s="2" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A91" s="1">
+        <v>452700</v>
+      </c>
+      <c r="B91" s="2" t="s">
         <v>143</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A91" s="1">
+      <c r="C91" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="E91" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="F91" s="2" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A92" s="1">
         <v>452701</v>
-      </c>
-[...18 lines deleted...]
-        <v>452702</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>140</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>139</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>38</v>
+        <v>365</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="93" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A93" s="1">
-        <v>452711</v>
+        <v>452702</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>137</v>
       </c>
       <c r="E93" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="F93" s="2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A94" s="1">
+        <v>452711</v>
+      </c>
+      <c r="B94" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="C94" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="D94" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="E94" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="F93" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A94" s="1">
+      <c r="F94" s="2" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A95" s="1">
         <v>452857</v>
-      </c>
-[...18 lines deleted...]
-        <v>452859</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>133</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>132</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="96" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A96" s="1">
-        <v>452860</v>
+        <v>452859</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>131</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D96" s="2" t="s">
         <v>130</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F96" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A97" s="1">
+        <v>452860</v>
+      </c>
+      <c r="B97" s="2" t="s">
         <v>129</v>
-      </c>
-[...6 lines deleted...]
-        <v>128</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D97" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F97" s="2" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A98" s="1">
+        <v>452861</v>
+      </c>
+      <c r="B98" s="2" t="s">
         <v>126</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B98" s="2" t="s">
+      <c r="C98" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D98" s="2" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F98" s="2" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A99" s="1">
+        <v>452862</v>
+      </c>
+      <c r="B99" s="2" t="s">
         <v>123</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B99" s="2" t="s">
+      <c r="C99" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D99" s="2" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F99" s="2" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="A100" s="1">
+        <v>452866</v>
+      </c>
+      <c r="B100" s="2" t="s">
         <v>120</v>
-      </c>
-[...6 lines deleted...]
-        <v>119</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D100" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A101" s="1">
-        <v>452874</v>
+        <v>452868</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>117</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D101" s="2" t="s">
         <v>116</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A102" s="1">
-        <v>452877</v>
+        <v>452874</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>115</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>114</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A103" s="1">
-        <v>452913</v>
+        <v>452877</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>113</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="D103" s="2" t="s">
         <v>112</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F103" s="2" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A104" s="1">
+        <v>452913</v>
+      </c>
+      <c r="B104" s="2" t="s">
         <v>111</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C104" s="2" t="s">
-        <v>3</v>
+        <v>80</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>110</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A105" s="1">
-        <v>452936</v>
+        <v>452934</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>109</v>
+        <v>4</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="D105" s="2" t="s">
         <v>108</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A106" s="1">
-        <v>452937</v>
+        <v>452936</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>107</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D106" s="2" t="s">
         <v>106</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="107" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A107" s="1">
-        <v>452938</v>
+        <v>452937</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D107" s="2" t="s">
         <v>104</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="108" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A108" s="1">
-        <v>452945</v>
+        <v>452938</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>84</v>
+        <v>13</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>102</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>38</v>
+        <v>1</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="109" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
-      <c r="A109" s="1">
+    <row r="109" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A109" s="11">
+        <v>452945</v>
+      </c>
+      <c r="B109" s="19" t="s">
+        <v>369</v>
+      </c>
+      <c r="C109" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="D109" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E109" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F109" s="5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A110" s="11">
         <v>452946</v>
       </c>
-      <c r="B109" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C109" s="2" t="s">
+      <c r="B110" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C110" s="5" t="s">
         <v>84</v>
       </c>
-      <c r="D109" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E109" s="2" t="s">
+      <c r="D110" s="14" t="s">
+        <v>191</v>
+      </c>
+      <c r="E110" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="F109" s="2" t="s">
+      <c r="F110" s="5" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="110" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
-      <c r="A110" s="1">
+    <row r="111" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A111" s="12">
         <v>452947</v>
       </c>
-      <c r="B110" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C110" s="2" t="s">
+      <c r="B111" s="13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C111" s="13" t="s">
         <v>84</v>
       </c>
-      <c r="D110" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E110" s="2" t="s">
+      <c r="D111" s="14" t="s">
+        <v>300</v>
+      </c>
+      <c r="E111" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="F110" s="2" t="s">
+      <c r="F111" s="13" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="111" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
-      <c r="A111" s="1">
+    <row r="112" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A112" s="1">
         <v>452948</v>
       </c>
-      <c r="B111" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D111" s="2" t="s">
+      <c r="B112" s="2" t="s">
         <v>97</v>
-      </c>
-[...12 lines deleted...]
-        <v>96</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D112" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="113" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A113" s="1">
-        <v>452950</v>
+        <v>452949</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D113" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A114" s="1">
-        <v>452951</v>
+        <v>452950</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D114" s="2" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F114" s="2" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6" ht="34" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A115" s="11">
+        <v>452951</v>
+      </c>
+      <c r="B115" s="19" t="s">
+        <v>370</v>
+      </c>
+      <c r="C115" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="D115" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="E115" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F115" s="5" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="115" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
-      <c r="A115" s="1">
+    <row r="116" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A116" s="1">
         <v>452952</v>
       </c>
-      <c r="B115" s="2" t="s">
+      <c r="B116" s="2" t="s">
         <v>89</v>
-      </c>
-[...18 lines deleted...]
-        <v>87</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D116" s="2" t="s">
-        <v>303</v>
+        <v>88</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F116" s="2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A117" s="12">
+        <v>452953</v>
+      </c>
+      <c r="B117" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="C117" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D117" s="14" t="s">
+        <v>299</v>
+      </c>
+      <c r="E117" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="F117" s="13" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="117" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
-      <c r="A117" s="1">
+    <row r="118" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A118" s="1">
         <v>452954</v>
       </c>
-      <c r="B117" s="2" t="s">
+      <c r="B118" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="C117" s="2" t="s">
+      <c r="C118" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="D117" s="2" t="s">
+      <c r="D118" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="E117" s="2" t="s">
+      <c r="E118" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="F117" s="2" t="s">
+      <c r="F118" s="2" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="118" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A118" s="1">
+    <row r="119" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A119" s="1">
         <v>452955</v>
       </c>
-      <c r="B118" s="2" t="s">
+      <c r="B119" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="C118" s="2" t="s">
+      <c r="C119" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="D118" s="2" t="s">
+      <c r="D119" s="2" t="s">
         <v>79</v>
-      </c>
-[...18 lines deleted...]
-        <v>77</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="120" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A120" s="1">
-        <v>452957</v>
+        <v>452956</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D120" s="2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A121" s="1">
-        <v>452958</v>
+        <v>452957</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D121" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A122" s="1">
-        <v>452959</v>
+        <v>452958</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D122" s="2" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A123" s="1">
-        <v>452960</v>
+        <v>452959</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D123" s="2" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A124" s="1">
-        <v>452961</v>
+        <v>452960</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D124" s="2" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F124" s="2" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A125" s="1">
+        <v>452961</v>
+      </c>
+      <c r="B125" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C125" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D125" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E125" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F125" s="2" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="125" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
-      <c r="A125" s="1">
+    <row r="126" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A126" s="1">
         <v>452962</v>
       </c>
-      <c r="B125" s="2" t="s">
+      <c r="B126" s="2" t="s">
         <v>62</v>
-      </c>
-[...18 lines deleted...]
-        <v>60</v>
       </c>
       <c r="C126" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D126" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="127" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A127" s="1">
-        <v>452964</v>
+        <v>452963</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D127" s="2" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="128" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A128" s="1">
+        <v>452964</v>
+      </c>
+      <c r="B128" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C128" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D128" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="E128" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F128" s="2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A129" s="1">
         <v>453077</v>
       </c>
-      <c r="B128" s="2" t="s">
+      <c r="B129" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="C128" s="2" t="s">
+      <c r="C129" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D128" s="2" t="s">
+      <c r="D129" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="E128" s="2" t="s">
+      <c r="E129" s="2" t="s">
         <v>1</v>
-      </c>
-[...18 lines deleted...]
-        <v>9</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="130" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A130" s="1">
+        <v>453079</v>
+      </c>
+      <c r="B130" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C130" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D130" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="E130" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F130" s="2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A131" s="7">
+        <v>453212</v>
+      </c>
+      <c r="B131" s="9" t="s">
+        <v>366</v>
+      </c>
+      <c r="C131" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D131" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="E131" s="6" t="s">
+        <v>331</v>
+      </c>
+      <c r="F131" s="6" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A132" s="1">
         <v>455747</v>
       </c>
-      <c r="B130" s="2" t="s">
+      <c r="B132" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="C130" s="2" t="s">
+      <c r="C132" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="D130" s="2" t="s">
+      <c r="D132" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="E130" s="2" t="s">
+      <c r="E132" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="F130" s="2" t="s">
+      <c r="F132" s="2" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="131" spans="1:6" ht="14.25" x14ac:dyDescent="0.25">
-      <c r="A131" s="1">
+    <row r="133" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A133" s="1">
         <v>459798</v>
       </c>
-      <c r="B131" s="2" t="s">
+      <c r="B133" s="2" t="s">
         <v>45</v>
-      </c>
-[...38 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D133" s="2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A134" s="1">
-        <v>4503474</v>
+        <v>4500201</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D134" s="2" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="135" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A135" s="1">
+        <v>4500763</v>
+      </c>
+      <c r="B135" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C135" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D135" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="E135" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F135" s="2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A136" s="1">
+        <v>4503474</v>
+      </c>
+      <c r="B136" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C136" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D136" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E136" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F136" s="2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A137" s="1">
         <v>4504149</v>
       </c>
-      <c r="B135" s="2" t="s">
+      <c r="B137" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="C135" s="2" t="s">
+      <c r="C137" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="D135" s="2" t="s">
+      <c r="D137" s="2" t="s">
         <v>31</v>
-      </c>
-[...36 lines deleted...]
-        <v>26</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="138" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A138" s="1">
-        <v>4506944</v>
+        <v>4505254</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:6" x14ac:dyDescent="0.25">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A139" s="1">
-        <v>4507222</v>
+        <v>4506865</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>3</v>
+        <v>27</v>
       </c>
       <c r="D139" s="2" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:6" x14ac:dyDescent="0.25">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A140" s="1">
-        <v>4507223</v>
+        <v>4506944</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>3</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F140" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A141" s="1">
+        <v>4507222</v>
+      </c>
+      <c r="B141" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C141" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D141" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E141" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="F141" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="141" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A141" s="1">
+    <row r="142" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A142" s="1">
+        <v>4507223</v>
+      </c>
+      <c r="B142" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C142" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D142" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E142" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="F142" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A143" s="1">
         <v>4508177</v>
       </c>
-      <c r="B141" s="2" t="s">
+      <c r="B143" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="C141" s="2"/>
-[...1 lines deleted...]
-      <c r="E141" s="2" t="s">
+      <c r="C143" s="2"/>
+      <c r="D143" s="2"/>
+      <c r="E143" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="F141" s="2" t="s">
+      <c r="F143" s="2" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="142" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A142" s="1">
+    <row r="144" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A144" s="1">
         <v>4508968</v>
       </c>
-      <c r="B142" s="2" t="s">
+      <c r="B144" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="C142" s="2" t="s">
+      <c r="C144" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="D142" s="2"/>
-      <c r="E142" s="2" t="s">
+      <c r="D144" s="2"/>
+      <c r="E144" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="F142" s="2" t="s">
+      <c r="F144" s="2" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="143" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A143" s="1">
+    <row r="145" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A145" s="1">
         <v>4509326</v>
       </c>
-      <c r="B143" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C143" s="2" t="s">
+      <c r="B145" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="C145" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D143" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A144" s="1">
+      <c r="D145" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="E145" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="F145" s="2" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A146" s="11">
         <v>4509343</v>
       </c>
-      <c r="B144" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C144" s="2" t="s">
+      <c r="B146" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="C146" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="D144" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A145" s="1">
+      <c r="D146" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="E146" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="F146" s="5" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A147" s="1">
         <v>4509344</v>
       </c>
-      <c r="B145" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C145" s="2" t="s">
+      <c r="B147" s="2" t="s">
+        <v>303</v>
+      </c>
+      <c r="C147" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="D145" s="2" t="s">
+      <c r="D147" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="E147" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="F147" s="2" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A148" s="1">
+        <v>4509447</v>
+      </c>
+      <c r="B148" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C148" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D148" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E148" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="F148" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A149" s="1">
+        <v>4509570</v>
+      </c>
+      <c r="B149" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C149" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D149" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="F149" s="2" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A150" s="11">
+        <v>4509967</v>
+      </c>
+      <c r="B150" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="C150" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D150" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="E150" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="F150" s="5" t="s">
         <v>308</v>
       </c>
-      <c r="E145" s="2" t="s">
-[...13 lines deleted...]
-      <c r="C146" s="2" t="s">
+    </row>
+    <row r="151" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A151" s="1">
+        <v>4510029</v>
+      </c>
+      <c r="B151" s="2" t="s">
+        <v>328</v>
+      </c>
+      <c r="C151" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D146" s="2" t="s">
-[...70 lines deleted...]
-      <c r="A150" s="1">
+      <c r="D151" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="E151" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="F151" s="2" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A152" s="1">
         <v>4510036</v>
       </c>
-      <c r="B150" s="2" t="s">
-[...40 lines deleted...]
-        <v>310</v>
+      <c r="B152" s="18" t="s">
+        <v>319</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D152" s="2" t="s">
-        <v>311</v>
+        <v>357</v>
       </c>
       <c r="E152" s="2" t="s">
-        <v>363</v>
+        <v>331</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>312</v>
-[...9 lines deleted...]
-      <c r="C153" s="2" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A153" s="15">
+        <v>4510040</v>
+      </c>
+      <c r="B153" s="16" t="s">
+        <v>364</v>
+      </c>
+      <c r="C153" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="D153" s="2" t="s">
-[...9 lines deleted...]
-    <row r="154" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="D153" s="16"/>
+      <c r="E153" s="17" t="s">
+        <v>331</v>
+      </c>
+      <c r="F153" s="16"/>
+    </row>
+    <row r="154" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A154" s="1">
-        <v>4510388</v>
+        <v>4510041</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>14</v>
+        <v>305</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D154" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="E154" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="F154" s="2" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A155" s="10">
+        <v>4510047</v>
+      </c>
+      <c r="B155" s="9" t="s">
+        <v>339</v>
+      </c>
+      <c r="C155" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D155" s="7" t="s">
+        <v>340</v>
+      </c>
+      <c r="E155" s="7" t="s">
+        <v>331</v>
+      </c>
+      <c r="F155" s="7" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A156" s="1">
+        <v>4510048</v>
+      </c>
+      <c r="B156" s="2" t="s">
+        <v>312</v>
+      </c>
+      <c r="C156" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D156" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="E156" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="F156" s="2" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A157" s="1">
+        <v>4510388</v>
+      </c>
+      <c r="B157" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C157" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D157" s="2" t="s">
         <v>12</v>
-      </c>
-[...56 lines deleted...]
-        <v>5</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="158" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A158" s="1">
+    <row r="158" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A158" s="11">
+        <v>4510486</v>
+      </c>
+      <c r="B158" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="C158" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="D158" s="5" t="s">
+        <v>360</v>
+      </c>
+      <c r="E158" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="F158" s="5" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A159" s="1">
+        <v>4510751</v>
+      </c>
+      <c r="B159" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C159" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D159" s="2"/>
+      <c r="E159" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F159" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A160" s="1">
+        <v>4511211</v>
+      </c>
+      <c r="B160" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C160" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D160" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E160" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="F160" s="2" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A161" s="1">
         <v>4511794</v>
       </c>
-      <c r="B158" s="2" t="s">
+      <c r="B161" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="C158" s="2" t="s">
+      <c r="C161" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D158" s="2" t="s">
+      <c r="D161" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="E158" s="2" t="s">
+      <c r="E161" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="F158" s="2" t="s">
+      <c r="F161" s="2" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
-  <autoFilter ref="A1:F1" xr:uid="{4D9CDCFE-7DF9-403B-A7F5-4905B98F03A0}">
-[...1 lines deleted...]
-      <sortCondition ref="A1"/>
+  <autoFilter ref="A1:F161" xr:uid="{4D9CDCFE-7DF9-403B-A7F5-4905B98F03A0}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F161">
+      <sortCondition ref="A1:A161"/>
     </sortState>
   </autoFilter>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">